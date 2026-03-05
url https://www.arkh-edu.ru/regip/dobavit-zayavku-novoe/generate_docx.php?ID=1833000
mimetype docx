--- v0 (2025-11-16)
+++ v1 (2026-03-05)
@@ -2207,51 +2207,65 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Обобщили информацию по данному этапу, которая будет расположена в разделе "Новости" сайта fd29.ru 
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Планируем расширить информацию о проекте не только в области, но и по всем образовательным учреждениям ОАО "РЖД".</w:t>
+              <w:t xml:space="preserve"> Планируем расширить информацию о проекте не только в области, но и по всем образовательным учреждениям ОАО "РЖД".
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На начало февраля 2026 года на сайте fd29.ru зарегистрировано 67 пользователей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:shd w:val="clear" w:fill="F5F5F5"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Условия организации работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
@@ -2789,51 +2803,289 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Планируется провести семинар в марте по компьютерной грамотности для педагогов в режиме онлайн с записью.
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 14 марта планируем провести конкурс чтецов среди педагогов города (тема выступлений ВОв), иногородние педагоги смогут прислать свои выступления в дистанционном режиме. Запись конкурса в целях открытости сможем опубликовать на сайте. Продолжаем наполнение банка заданий. Мини-курс по направлению финансовой грамотности планируем организовать в середине мая (15). Запись также будет доступна на сайте. 30 мая проведем итоговый семинар в режиме онлайн, где подведем итоги накопительного этапа.</w:t>
+              <w:t xml:space="preserve"> 14 марта планируем провести конкурс чтецов среди педагогов города (тема выступлений ВОв), иногородние педагоги смогут прислать свои выступления в дистанционном режиме. Запись конкурса в целях открытости сможем опубликовать на сайте. Продолжаем наполнение банка заданий. Мини-курс по направлению финансовой грамотности планируем организовать в середине мая (15). Запись также будет доступна на сайте. 30 мая проведем итоговый семинар в режиме онлайн, где подведем итоги накопительного этапа.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14 марта 2025 года в РЖД лицее №1 прошел конкурс чтецов для педагогов "Сила слова". В мероприятии приняли участие 24 педагога Архангельской области. Конкурс был посвящен Великой Отечественной войне и проводился в рамках плана мероприятий региональной инновационной площадки "Функциональная грамотность". 
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16  мая в РЖД лицее 1 прошел последний в этом учебном году семинар в рамках плана мероприятий региональной инновационной площадки "Функциональные грамотность педагогов" по финансовой грамотности.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спикерами выступили:
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель истории и обществознания МОУ "СОШ 76" города Котласа Замятина Ксения Владиславовна с темой «Ресурсы, используемые для формирования финансовой грамотности у обучающихся при изучении курса обществознания, в том числе у детей с ОВЗ»
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель истории и обществознания МОУ "СОШ 18" Пономарева Тамара Валентиновна с темой "Финансовая грамотность старшеклассника: опыт управления брокерским счётом" и социальный педагог РЖД лицея 1 Желещикова Галина Михайловна с темой " Финансовый компас: практическое руководство для педагогов".
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 января 2026 года в РЖД лицее №1 прошел очередной конкурс чтецов для педагогов «Сила слова». В нем приняли участие преподаватели школ из Котласа и Екатеринбурга.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятие было направлено на содействие развитию творческого потенциала педагогов, повышение их речевой культуры и мастерства художественного слова.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Звучали стихи Эдуарда Асадова, Вероники Тушновой, Марины Цветаевой, Роберта Рождественского, Редьярда Киплинга и других поэтов. Учитель начальных классов РЖД лицея №1 Елена Липатова прочла авторские стихи «Ещё раз про любовь».
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Победителем стала педагог Центра дополнительного образования города Котласа Елена Харитонова, прочитавшая стихотворение «Генерал Топтыгин» Николая Некрасова.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Второе место получила Екатерина Малахова, учитель русского языка и литературы МОУ «СОШ № 4 им. Ю.А. Гагарина», прочитавшая отрывок из произведения Марины Цветаевой.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Третье место разделили Татьяна Трифонова, педагог-библиотекарь РЖД-лицея №1, прочитавшая стихотворение Роберта Рождественского «Всё начинается с любви...» и Елена Липатова, учитель начальных классов РЖД лицея №1 с авторским стихотворением.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:shd w:val="clear" w:fill="F5F5F5"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Условия организации работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
@@ -3337,57 +3589,86 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:shd w:val="clear" w:fill="CD5C5C"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Подробное описание степени достижения результата (конечная продукция)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Третий этап начнет реализацию с 21 апреля 2025 года.</w:t>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Третий этап начнет реализацию с 21 апреля 2025 года.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Проведен межрегиональный дорожный семинар педагогов "Функциональная грамотность", где приняли участие 12 человек из 4 городов России.
+</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начали формировать сборник методических разработок по функциональной грамотности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:shd w:val="clear" w:fill="F5F5F5"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Условия организации работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
@@ -3469,51 +3750,51 @@
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Описание процесса контроля и обеспечения достоверности результатов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Контроль обеспечится обратной связью педагогов, итоговым семинаром и работой сайта.</w:t>
+              <w:t xml:space="preserve">Контроль обеспечится обратной связью педагогов, итоговым семинаром и работой сайта, размещением сборника методических разработок на сайте fd29.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:shd w:val="clear" w:fill="F5F5F5"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Перечень разработок по теме проекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
@@ -4191,86 +4472,102 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Проект «Развитие функциональной грамотности педагога» будет иметь возможность по распространению и внедрению результатов в СМИ, в том числе на Северной дороге, в социальных сетях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:shd w:val="clear" w:fill="CD5C5C"/>
         </w:rPr>
         <w:t xml:space="preserve">Опыт по распространению и внедрению результатов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="8B0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Информация о проекте распространяется в СМИ Котласа, по Северной железной дороге (в социальных сетях), на сайте fd29.ru</w:t>
+        <w:t xml:space="preserve">Информация о проекте распространяется в СМИ Котласа, по Северной железной дороге (в социальных сетях), на сайте fd29.ru
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="8B0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В социальных сетях города Котласа https://vk.com/wall-201138871_174928 .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:shd w:val="clear" w:fill="CD5C5C"/>
         </w:rPr>
         <w:t xml:space="preserve">Предложения по дальнейшей диссеминации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="8B0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Распространять информацию о проекте будем также в СМИ Котласа, на сайте, на полигоне Северной железной дороги, а также по окончании проекта создадим сборник заданий по функциональной грамотности и обобщим свой опыт путем написания статей на сайте проекта и анализа результатов.</w:t>
+        <w:t xml:space="preserve">Распространять информацию о проекте будем также в СМИ Котласа, на сайте, на полигоне Северной железной дороги, а также по окончании проекта создадим сборник заданий по функциональной грамотности и обобщим свой опыт путем написания статей на сайте проекта и анализа результатов. Проанализируем итоги реализации проекта и выступим на тематических конференциях для педагогов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Обоснование устойчивости результатов проекта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4393,81 +4690,96 @@
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:shd w:val="clear" w:fill="CD5C5C"/>
         </w:rPr>
         <w:t xml:space="preserve">Степень использования ресурсов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="8B0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">- конференц-зал был использован для Баттла;
+        <w:t xml:space="preserve">- конференц-зал был использован для Баттла, а также дважды для конкурса чтецов для педагогов "Сила слова"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="8B0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- выход в интернет, интерактивные панели;
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="8B0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">- кадровые условия совместно с педагогами Котласского педагогического колледжа (приняли участие в качестве экспертов в Баттле по функциональной грамотности) а также в качестве эксперта приняла участие методист Котласского реабилитационного центра для детей с ограниченными возможностями,</w:t>
+        <w:t xml:space="preserve">- кадровые условия совместно с педагогами Котласского педагогического колледжа (приняли участие в качестве экспертов в Баттле по функциональной грамотности, дважды в конкурсе чтецов "Сила слова" ), а также в качестве эксперта приняла участие методист Котласского реабилитационного центра для детей с ограниченными возможностями;
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="8B0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- проведены консультации с сотрудниками  АОИОО.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="567" w:right="850.5" w:bottom="1440" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>